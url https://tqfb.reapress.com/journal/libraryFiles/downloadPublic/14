--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -7,171 +7,171 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="387"/>
         <w:tblOverlap w:val="never"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9076"/>
       </w:tblGrid>
       <w:tr w:rsidR="0002739F" w:rsidRPr="00313FBB" w14:paraId="74BDE23F" w14:textId="77777777" w:rsidTr="00C91519">
         <w:trPr>
           <w:trHeight w:val="1361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="767171" w:themeColor="background2" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="767171" w:themeColor="background2" w:themeShade="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D7D6"/>
           </w:tcPr>
-          <w:p w14:paraId="311AA48A" w14:textId="6852732B" w:rsidR="00967748" w:rsidRPr="003D0705" w:rsidRDefault="00E12C21" w:rsidP="006D3C55">
+          <w:p w14:paraId="311AA48A" w14:textId="7D3248C7" w:rsidR="00967748" w:rsidRPr="003D0705" w:rsidRDefault="008060DC" w:rsidP="006D3C55">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:before="120" w:after="240" w:afterAutospacing="0"/>
               <w:ind w:left="-102" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E12C21">
-[...10 lines deleted...]
-            <w:r w:rsidR="00967748" w:rsidRPr="003D0705">
+            <w:r w:rsidRPr="003D0705">
               <w:rPr>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454B541C" wp14:editId="086956B5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454B541C" wp14:editId="25D616A0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>27305</wp:posOffset>
+                    <wp:posOffset>-67945</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>356870</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="1105159" cy="790575"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:extent cx="1083310" cy="790575"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:wrapNone/>
                   <wp:docPr id="9" name="Picture 9"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="Untitled-1.png"/>
+                          <pic:cNvPr id="9" name="Picture 9"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="1105159" cy="790575"/>
+                            <a:ext cx="1083310" cy="790575"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
+            </w:r>
+            <w:r w:rsidR="00E12C21" w:rsidRPr="00E12C21">
+              <w:rPr>
+                <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                <w:noProof/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Transactions on Quantitative Finance and Beyond</w:t>
             </w:r>
             <w:r w:rsidR="00967748" w:rsidRPr="003D0705">
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="187DBB91" w14:textId="388EAACA" w:rsidR="00813E9C" w:rsidRPr="00E12C21" w:rsidRDefault="00E12C21" w:rsidP="007C3198">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:after="240" w:afterAutospacing="0"/>
               <w:ind w:left="-103" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Calibri" w:hAnsi="Palatino Linotype" w:cs="Adobe Devanagari"/>
                 <w:bCs/>
@@ -298,180 +298,176 @@
       </w:pPr>
       <w:r>
         <w:t>[Author's Email address]:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00426704" w:rsidSect="0018390C">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1021" w:right="737" w:bottom="1021" w:left="737" w:header="850" w:footer="624" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A262510" w14:textId="77777777" w:rsidR="0018390C" w:rsidRPr="00FE73CA" w:rsidRDefault="0018390C" w:rsidP="00FA44F9">
+    <w:p w14:paraId="3839C672" w14:textId="77777777" w:rsidR="006A18F8" w:rsidRPr="00FE73CA" w:rsidRDefault="006A18F8" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52758400" w14:textId="77777777" w:rsidR="0018390C" w:rsidRPr="00FE73CA" w:rsidRDefault="0018390C" w:rsidP="00FA44F9">
+    <w:p w14:paraId="69156529" w14:textId="77777777" w:rsidR="006A18F8" w:rsidRPr="00FE73CA" w:rsidRDefault="006A18F8" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52A42FD7" w14:textId="77777777" w:rsidR="0018390C" w:rsidRDefault="0018390C">
+    <w:p w14:paraId="6CA49F82" w14:textId="77777777" w:rsidR="006A18F8" w:rsidRDefault="006A18F8">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zar">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRLotus">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02000503000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Gurmukhi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00020003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="XB Kayhan">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000051" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRTitr">
-    <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRNazanin">
-    <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Compset">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="2  Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
@@ -489,78 +485,76 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lotus">
     <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Burlak">
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Thames New">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
@@ -630,51 +624,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="25"/>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="-1763439025"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="2CB0AAC9" w14:textId="4C700D59" w:rsidR="00E116FE" w:rsidRPr="00C91519" w:rsidRDefault="00E116FE" w:rsidP="007B74CC">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:spacing w:before="100" w:afterAutospacing="0"/>
           <w:jc w:val="left"/>
           <w:rPr>
@@ -710,51 +704,51 @@
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="00C91519">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="25"/>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="941726143"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:noProof/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6DD70B4B" w14:textId="20D805A5" w:rsidR="00E116FE" w:rsidRPr="00C91519" w:rsidRDefault="00E116FE" w:rsidP="00C62754">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:spacing w:before="100" w:after="120" w:afterAutospacing="0"/>
@@ -792,76 +786,76 @@
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00C91519">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="385D51DE" w14:textId="77777777" w:rsidR="0018390C" w:rsidRPr="00FE73CA" w:rsidRDefault="0018390C" w:rsidP="00FA44F9">
+    <w:p w14:paraId="0EF8269E" w14:textId="77777777" w:rsidR="006A18F8" w:rsidRPr="00FE73CA" w:rsidRDefault="006A18F8" w:rsidP="00FA44F9">
       <w:pPr>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A1258CF" w14:textId="77777777" w:rsidR="0018390C" w:rsidRPr="00FE73CA" w:rsidRDefault="0018390C" w:rsidP="00FA44F9">
+    <w:p w14:paraId="2ABA4DDF" w14:textId="77777777" w:rsidR="006A18F8" w:rsidRPr="00FE73CA" w:rsidRDefault="006A18F8" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E202B1F" w14:textId="77777777" w:rsidR="0018390C" w:rsidRPr="00FE73CA" w:rsidRDefault="0018390C" w:rsidP="00FA44F9"/>
+    <w:p w14:paraId="5F14B554" w14:textId="77777777" w:rsidR="006A18F8" w:rsidRPr="00FE73CA" w:rsidRDefault="006A18F8" w:rsidP="00FA44F9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06468B28" w14:textId="7FB6772A" w:rsidR="00FF649C" w:rsidRPr="00FF649C" w:rsidRDefault="00000000" w:rsidP="00FF649C">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
       </w:pBdr>
       <w:bidi w:val="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
         <w:lang w:bidi="fa-IR"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1120882926"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -870,51 +864,51 @@
     </w:sdt>
     <w:r w:rsidR="00FF649C" w:rsidRPr="000E04F6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00FF649C" w:rsidRPr="004A5A5D">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Paper Title</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CDC5DB0" w14:textId="286244B8" w:rsidR="000E04F6" w:rsidRPr="004A5A5D" w:rsidRDefault="00000000" w:rsidP="00C6535A">
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
       </w:pBdr>
       <w:bidi w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:rtl/>
         <w:lang w:bidi="fa-IR"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="65230590"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
@@ -947,51 +941,51 @@
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="000E04F6" w:rsidRPr="004A5A5D">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> X(x) (xx) x-x</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE6656B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100C53BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D152D9A8"/>
     <w:lvl w:ilvl="0" w:tplc="8814F406">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3603,51 +3597,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="696389048">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1510020441">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1646425228">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="549415444">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="697389615">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="640620626">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -4064,50 +4058,51 @@
     <w:rsid w:val="004C22B1"/>
     <w:rsid w:val="004C4603"/>
     <w:rsid w:val="004C5084"/>
     <w:rsid w:val="004D1FF4"/>
     <w:rsid w:val="004E0EBF"/>
     <w:rsid w:val="004E39F0"/>
     <w:rsid w:val="004E7805"/>
     <w:rsid w:val="004E7ED6"/>
     <w:rsid w:val="004F1D26"/>
     <w:rsid w:val="004F358A"/>
     <w:rsid w:val="004F515E"/>
     <w:rsid w:val="004F5B01"/>
     <w:rsid w:val="004F7422"/>
     <w:rsid w:val="004F7E2D"/>
     <w:rsid w:val="0050005A"/>
     <w:rsid w:val="0050447C"/>
     <w:rsid w:val="005047D9"/>
     <w:rsid w:val="00504B9E"/>
     <w:rsid w:val="00504D26"/>
     <w:rsid w:val="00504E03"/>
     <w:rsid w:val="00506345"/>
     <w:rsid w:val="005065E3"/>
     <w:rsid w:val="00510573"/>
     <w:rsid w:val="0051090C"/>
     <w:rsid w:val="005115E7"/>
+    <w:rsid w:val="00512888"/>
     <w:rsid w:val="00514188"/>
     <w:rsid w:val="00514517"/>
     <w:rsid w:val="00514B36"/>
     <w:rsid w:val="0051574F"/>
     <w:rsid w:val="00523402"/>
     <w:rsid w:val="00531035"/>
     <w:rsid w:val="00533B97"/>
     <w:rsid w:val="00534079"/>
     <w:rsid w:val="005359DA"/>
     <w:rsid w:val="00535B35"/>
     <w:rsid w:val="00541E87"/>
     <w:rsid w:val="005428C2"/>
     <w:rsid w:val="005454B5"/>
     <w:rsid w:val="00545D2A"/>
     <w:rsid w:val="00546368"/>
     <w:rsid w:val="005475BA"/>
     <w:rsid w:val="0055068D"/>
     <w:rsid w:val="00551681"/>
     <w:rsid w:val="00551B4B"/>
     <w:rsid w:val="00551C29"/>
     <w:rsid w:val="00552F2F"/>
     <w:rsid w:val="005540F7"/>
     <w:rsid w:val="00555613"/>
     <w:rsid w:val="00556771"/>
     <w:rsid w:val="00557697"/>
@@ -4204,50 +4199,51 @@
     <w:rsid w:val="00663710"/>
     <w:rsid w:val="00665DA1"/>
     <w:rsid w:val="0067033F"/>
     <w:rsid w:val="00670EF1"/>
     <w:rsid w:val="00672709"/>
     <w:rsid w:val="00672A48"/>
     <w:rsid w:val="00673124"/>
     <w:rsid w:val="00673245"/>
     <w:rsid w:val="00674526"/>
     <w:rsid w:val="006777DA"/>
     <w:rsid w:val="006804B5"/>
     <w:rsid w:val="00680694"/>
     <w:rsid w:val="00680B1E"/>
     <w:rsid w:val="00682723"/>
     <w:rsid w:val="00682E27"/>
     <w:rsid w:val="00682F47"/>
     <w:rsid w:val="006847E3"/>
     <w:rsid w:val="0068499B"/>
     <w:rsid w:val="0069055F"/>
     <w:rsid w:val="00691D1E"/>
     <w:rsid w:val="00692225"/>
     <w:rsid w:val="006927DD"/>
     <w:rsid w:val="006951DD"/>
     <w:rsid w:val="00697A2A"/>
     <w:rsid w:val="006A01D5"/>
+    <w:rsid w:val="006A18F8"/>
     <w:rsid w:val="006A341B"/>
     <w:rsid w:val="006A6503"/>
     <w:rsid w:val="006B28FD"/>
     <w:rsid w:val="006B3992"/>
     <w:rsid w:val="006B3D69"/>
     <w:rsid w:val="006B51C9"/>
     <w:rsid w:val="006B5CAA"/>
     <w:rsid w:val="006C033C"/>
     <w:rsid w:val="006C3DD5"/>
     <w:rsid w:val="006C6CA0"/>
     <w:rsid w:val="006C75A0"/>
     <w:rsid w:val="006D2CCB"/>
     <w:rsid w:val="006D3592"/>
     <w:rsid w:val="006D3C55"/>
     <w:rsid w:val="006D6661"/>
     <w:rsid w:val="006D6870"/>
     <w:rsid w:val="006E3238"/>
     <w:rsid w:val="006F014A"/>
     <w:rsid w:val="006F142B"/>
     <w:rsid w:val="006F64AA"/>
     <w:rsid w:val="006F714D"/>
     <w:rsid w:val="006F761C"/>
     <w:rsid w:val="006F7E6C"/>
     <w:rsid w:val="006F7FC0"/>
     <w:rsid w:val="00704250"/>
@@ -4315,50 +4311,51 @@
     <w:rsid w:val="007B1AA4"/>
     <w:rsid w:val="007B3C2B"/>
     <w:rsid w:val="007B40B4"/>
     <w:rsid w:val="007B54DB"/>
     <w:rsid w:val="007B56F7"/>
     <w:rsid w:val="007B74CC"/>
     <w:rsid w:val="007B7D75"/>
     <w:rsid w:val="007C3198"/>
     <w:rsid w:val="007C33A0"/>
     <w:rsid w:val="007C5583"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D4977"/>
     <w:rsid w:val="007D79F2"/>
     <w:rsid w:val="007E1B02"/>
     <w:rsid w:val="007E2B6B"/>
     <w:rsid w:val="007E3E1D"/>
     <w:rsid w:val="007E470D"/>
     <w:rsid w:val="007F0078"/>
     <w:rsid w:val="007F0939"/>
     <w:rsid w:val="007F0997"/>
     <w:rsid w:val="007F4D60"/>
     <w:rsid w:val="007F7A50"/>
     <w:rsid w:val="00800D08"/>
     <w:rsid w:val="00801CD3"/>
     <w:rsid w:val="00804947"/>
+    <w:rsid w:val="008060DC"/>
     <w:rsid w:val="008072E9"/>
     <w:rsid w:val="0081102C"/>
     <w:rsid w:val="00811296"/>
     <w:rsid w:val="00812701"/>
     <w:rsid w:val="00813E9C"/>
     <w:rsid w:val="0081415B"/>
     <w:rsid w:val="008155E7"/>
     <w:rsid w:val="00817E8E"/>
     <w:rsid w:val="00817F08"/>
     <w:rsid w:val="00820C6B"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="008308DB"/>
     <w:rsid w:val="0083359E"/>
     <w:rsid w:val="00834CC3"/>
     <w:rsid w:val="0083759A"/>
     <w:rsid w:val="00837F67"/>
     <w:rsid w:val="00841431"/>
     <w:rsid w:val="00844A87"/>
     <w:rsid w:val="00846537"/>
     <w:rsid w:val="00847716"/>
     <w:rsid w:val="00847EEB"/>
     <w:rsid w:val="0085135A"/>
     <w:rsid w:val="00853700"/>
     <w:rsid w:val="00853C64"/>
     <w:rsid w:val="00854FC5"/>
@@ -4469,50 +4466,51 @@
     <w:rsid w:val="00994A5B"/>
     <w:rsid w:val="00995793"/>
     <w:rsid w:val="00996527"/>
     <w:rsid w:val="00996794"/>
     <w:rsid w:val="009A1643"/>
     <w:rsid w:val="009A17C9"/>
     <w:rsid w:val="009A2F48"/>
     <w:rsid w:val="009A46B4"/>
     <w:rsid w:val="009A5A0D"/>
     <w:rsid w:val="009A7267"/>
     <w:rsid w:val="009B2311"/>
     <w:rsid w:val="009B4895"/>
     <w:rsid w:val="009B505D"/>
     <w:rsid w:val="009B5614"/>
     <w:rsid w:val="009C08CD"/>
     <w:rsid w:val="009C2BAC"/>
     <w:rsid w:val="009C5008"/>
     <w:rsid w:val="009C5480"/>
     <w:rsid w:val="009D1637"/>
     <w:rsid w:val="009D4DC7"/>
     <w:rsid w:val="009D5C01"/>
     <w:rsid w:val="009D7291"/>
     <w:rsid w:val="009D7672"/>
     <w:rsid w:val="009E002C"/>
     <w:rsid w:val="009E0729"/>
+    <w:rsid w:val="009E1808"/>
     <w:rsid w:val="009E2439"/>
     <w:rsid w:val="009E2729"/>
     <w:rsid w:val="009E28E5"/>
     <w:rsid w:val="009E5301"/>
     <w:rsid w:val="009E5DE8"/>
     <w:rsid w:val="009F32C7"/>
     <w:rsid w:val="009F36F0"/>
     <w:rsid w:val="009F516B"/>
     <w:rsid w:val="009F54AF"/>
     <w:rsid w:val="009F6963"/>
     <w:rsid w:val="009F7912"/>
     <w:rsid w:val="00A00C46"/>
     <w:rsid w:val="00A01FD9"/>
     <w:rsid w:val="00A030B2"/>
     <w:rsid w:val="00A043CA"/>
     <w:rsid w:val="00A04754"/>
     <w:rsid w:val="00A04DBC"/>
     <w:rsid w:val="00A04F74"/>
     <w:rsid w:val="00A11D5C"/>
     <w:rsid w:val="00A1272D"/>
     <w:rsid w:val="00A14D9B"/>
     <w:rsid w:val="00A1713A"/>
     <w:rsid w:val="00A172A3"/>
     <w:rsid w:val="00A20A91"/>
     <w:rsid w:val="00A23083"/>
@@ -5011,51 +5009,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="065ED9A7"/>
   <w15:docId w15:val="{74060BC5-086E-4377-97FB-618A1A1C8488}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="480" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="720" w:right="720" w:firstLine="432"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
@@ -16830,51 +16828,51 @@
       <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Adobe Gurmukhi" w:hAnsi="Adobe Gurmukhi" w:cs="XB Kayhan"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00931728"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="103235810">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="178391185">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17923,75 +17921,75 @@
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Complexity, uncertainty and mental models: From a paradigm of regulation to a paradigm of emergence in project management</b:Title>
     <b:JournalName>International Journal of Project Management</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>184-197</b:Pages>
     <b:RefOrder>6</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22FE2A78-A241-4E1E-9074-4C0D78729795}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>22</Words>
-  <Characters>192</Characters>
+  <Words>32</Words>
+  <Characters>183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>206</CharactersWithSpaces>
+  <CharactersWithSpaces>214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Javad Pourqasem</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7e71c5619c3c4600e8e31e7c348f8bb87d5a828ad041c5bd0c961c94f7cebee1</vt:lpwstr>