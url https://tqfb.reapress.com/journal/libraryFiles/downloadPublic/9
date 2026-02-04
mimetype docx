--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -13,51 +13,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="387"/>
         <w:tblOverlap w:val="never"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9076"/>
       </w:tblGrid>
       <w:tr w:rsidR="0002739F" w:rsidRPr="00D14B7A" w14:paraId="74BDE23F" w14:textId="77777777" w:rsidTr="006E0733">
         <w:trPr>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -68,88 +68,88 @@
           <w:p w14:paraId="311AA48A" w14:textId="4230DB00" w:rsidR="00967748" w:rsidRPr="00CE6C1D" w:rsidRDefault="00967748" w:rsidP="0051574F">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8397"/>
               </w:tabs>
               <w:bidi w:val="0"/>
               <w:spacing w:after="240" w:afterAutospacing="0"/>
               <w:ind w:left="-103" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454B541C" wp14:editId="79352164">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251729920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454B541C" wp14:editId="3794865E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>-58420</wp:posOffset>
+                    <wp:posOffset>-86995</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>185420</wp:posOffset>
+                    <wp:posOffset>182880</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="971550" cy="729619"/>
+                  <wp:extent cx="913765" cy="729159"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="9" name="Picture 9"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="Untitled-1.png"/>
+                          <pic:cNvPr id="9" name="Picture 9"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="971550" cy="729619"/>
+                            <a:ext cx="915015" cy="730156"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                 <w:noProof/>
                 <w:spacing w:val="-6"/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -627,216 +627,230 @@
             <w:tblPr>
               <w:tblW w:w="8083" w:type="dxa"/>
               <w:tblInd w:w="1129" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2123"/>
               <w:gridCol w:w="5960"/>
             </w:tblGrid>
             <w:tr w:rsidR="0080155B" w14:paraId="02633EF5" w14:textId="1F53613D" w:rsidTr="0080155B">
               <w:trPr>
                 <w:trHeight w:val="432"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2123" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="44184B94" w14:textId="53BBE2D4" w:rsidR="0080155B" w:rsidRPr="007B74CC" w:rsidRDefault="0080155B" w:rsidP="005122C8">
+                <w:p w14:paraId="44184B94" w14:textId="53BBE2D4" w:rsidR="0080155B" w:rsidRPr="007B74CC" w:rsidRDefault="0080155B" w:rsidP="00741745">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:spacing w:before="60"/>
                     <w:ind w:left="40"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Received: </w:t>
                   </w:r>
                   <w:r w:rsidR="009E64BB">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>-----</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5B09DF5E" w14:textId="77777777" w:rsidR="009E64BB" w:rsidRDefault="0080155B" w:rsidP="005122C8">
+                <w:p w14:paraId="5B09DF5E" w14:textId="77777777" w:rsidR="009E64BB" w:rsidRDefault="0080155B" w:rsidP="00741745">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Revised: </w:t>
                   </w:r>
                   <w:r w:rsidR="009E64BB">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>-----</w:t>
                   </w:r>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4075CDC1" w14:textId="34B33BCC" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="005122C8">
+                <w:p w14:paraId="4075CDC1" w14:textId="34B33BCC" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="00741745">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                   </w:pPr>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="007B74CC">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>Accepted:</w:t>
                   </w:r>
                   <w:r w:rsidR="009E64BB">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                       <w:sz w:val="17"/>
                       <w:szCs w:val="17"/>
                     </w:rPr>
                     <w:t>---</w:t>
                   </w:r>
                   <w:proofErr w:type="gramEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5960" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5CC61862" w14:textId="610EF22D" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="005122C8">
+                <w:p w14:paraId="5CC61862" w14:textId="610EF22D" w:rsidR="0080155B" w:rsidRPr="0080155B" w:rsidRDefault="0080155B" w:rsidP="00741745">
                   <w:pPr>
                     <w:pStyle w:val="Affiliation"/>
                     <w:framePr w:wrap="around" w:y="230"/>
                     <w:spacing w:before="60"/>
                     <w:ind w:left="40"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00813E9C">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                     <w:t xml:space="preserve">LastName, </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                     <w:t>Initial First Name</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00813E9C">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
                     <w:t xml:space="preserve">., </w:t>
                   </w:r>
                   <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidRPr="00813E9C">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
-                    <w:t>&amp;  LastName</w:t>
-[...6 lines deleted...]
-                    <w:t xml:space="preserve">, </w:t>
+                    <w:t xml:space="preserve">&amp;  LastName, </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> Initial First Name . (Date). Paper Title.</w:t>
+                    <w:t xml:space="preserve"> Initial</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> First </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                    </w:rPr>
+                    <w:t>Name .</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> (Date). Paper Title.</w:t>
                   </w:r>
                   <w:r w:rsidR="008570B9">
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="005122C8" w:rsidRPr="005122C8">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                     </w:rPr>
                     <w:t>Transactions on Quantitative Finance and Beyond</w:t>
                   </w:r>
                   <w:r w:rsidR="00C126BF">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00DC7BAD">
                     <w:rPr>
                       <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
                       <w:i/>
                       <w:iCs/>
@@ -1089,63 +1103,76 @@
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> font, </w:t>
       </w:r>
       <w:r w:rsidR="00865519" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">left side </w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t>on the top of the paper. The first letter of every word in the title should be capitalized. The authors’ names, following the title, must be written in</w:t>
       </w:r>
       <w:r w:rsidR="00F738EB" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DB4D15" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">Garamond </w:t>
       </w:r>
       <w:r w:rsidR="00DB4D15">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t>bold</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D14B7A">
-        <w:t xml:space="preserve"> 1</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D14B7A">
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D800DD" w:rsidRPr="00D14B7A">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
-        <w:t xml:space="preserve"> point font and their affiliations must be written in </w:t>
+        <w:t xml:space="preserve"> point</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D14B7A">
+        <w:t xml:space="preserve"> font and their affiliations must be written in </w:t>
       </w:r>
       <w:r w:rsidR="00D800DD" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">Garamond </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D14B7A">
-        <w:t>9 point font.</w:t>
+        <w:t>9 point</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D14B7A">
+        <w:t xml:space="preserve"> font.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F22CDB8" w14:textId="68F120A9" w:rsidR="001103A1" w:rsidRPr="00D14B7A" w:rsidRDefault="001103A1" w:rsidP="00426704">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">All major headings are flushed with the left margin in </w:t>
       </w:r>
       <w:r w:rsidR="00D800DD" w:rsidRPr="00D14B7A">
         <w:t>Garamond</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t>. Headings 1 are capitalized, bold and in 1</w:t>
       </w:r>
       <w:r w:rsidR="008D351F" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:rtl/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> fonts. Do not put a period after the text of the heading. Headings 2 are capitalized, bold</w:t>
       </w:r>
       <w:r w:rsidR="00D800DD" w:rsidRPr="00D14B7A">
@@ -2041,51 +2068,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:object w:dxaOrig="3480" w:dyaOrig="1320" w14:anchorId="3888342F">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:174pt;height:66pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1778493944" r:id="rId12"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1823844181" r:id="rId12"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCACAE2" w14:textId="77777777" w:rsidR="008A6FE0" w:rsidRPr="00D14B7A" w:rsidRDefault="008A6FE0" w:rsidP="008A6FE0">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Adobe Garamond Pro"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D14B7A">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Adobe Garamond Pro"/>
@@ -2105,54 +2132,54 @@
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t>Where</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707AD7F3" w14:textId="4C57E48B" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00AB10AC" w:rsidP="003D43AD">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC3180">
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-8"/>
         </w:rPr>
         <w:object w:dxaOrig="1260" w:dyaOrig="260" w14:anchorId="2F38B3EA">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:63pt;height:13.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="" style="width:63pt;height:13.5pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1778493945" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1823844182" r:id="rId14"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A">
         <w:t>, and b is a number greater than 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BB6796" w14:textId="563FC147" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00FC1F0A" w:rsidP="001812AF">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve">Be sure that the symbols in your equation have been defined before the equation appears or immediately following. Each equation </w:t>
       </w:r>
       <w:r w:rsidR="001812AF" w:rsidRPr="00D14B7A">
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14B7A">
         <w:t xml:space="preserve"> be written by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C40F9F" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MathType</w:t>
@@ -2834,88 +2861,67 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Reference to a </w:t>
       </w:r>
       <w:r w:rsidR="00CC3005" w:rsidRPr="00D14B7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Conference Proceeding</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C36913F" w14:textId="006BBE2C" w:rsidR="00FC1F0A" w:rsidRPr="00E92783" w:rsidRDefault="00C95EFA" w:rsidP="00E92783">
       <w:pPr>
         <w:pStyle w:val="Reference"/>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92783">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
-        <w:t>Hakani</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Raj, A. (2010, May). Development of an intelligent </w:t>
+        <w:t xml:space="preserve">Hakani Raj, A. (2010, May). Development of an intelligent </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
         <w:t>sensor based</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
         <w:t xml:space="preserve"> inspection robot for closed environment. </w:t>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings of the 2015 5th </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> University international conference on engineering (</w:t>
+        <w:t>Proceedings of the 2015 5th Nirma University international conference on engineering (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>NUiCONE</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FC1F0A" w:rsidRPr="00E92783">
         <w:t xml:space="preserve"> (pp. 1-6). IEEE. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546F0B35" w14:textId="0CF1672F" w:rsidR="00FC1F0A" w:rsidRPr="00D14B7A" w:rsidRDefault="00FC1F0A" w:rsidP="00E95D32">
       <w:pPr>
         <w:pStyle w:val="BODY0"/>
         <w:spacing w:after="0"/>
@@ -3129,122 +3135,120 @@
         <w:pStyle w:val="BODY0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006173C9" w:rsidRPr="00D14B7A" w:rsidSect="002A6E10">
       <w:headerReference w:type="even" r:id="rId22"/>
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:headerReference w:type="first" r:id="rId26"/>
       <w:footerReference w:type="first" r:id="rId27"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1021" w:right="737" w:bottom="1021" w:left="737" w:header="850" w:footer="624" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D8655DA" w14:textId="77777777" w:rsidR="002A6E10" w:rsidRPr="00FE73CA" w:rsidRDefault="002A6E10" w:rsidP="00FA44F9">
+    <w:p w14:paraId="0C44505F" w14:textId="77777777" w:rsidR="00662CCA" w:rsidRPr="00FE73CA" w:rsidRDefault="00662CCA" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="108F8FF7" w14:textId="77777777" w:rsidR="002A6E10" w:rsidRPr="00FE73CA" w:rsidRDefault="002A6E10" w:rsidP="00FA44F9">
+    <w:p w14:paraId="34CF1715" w14:textId="77777777" w:rsidR="00662CCA" w:rsidRPr="00FE73CA" w:rsidRDefault="00662CCA" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C397DB0" w14:textId="77777777" w:rsidR="002A6E10" w:rsidRDefault="002A6E10">
+    <w:p w14:paraId="51F80F4D" w14:textId="77777777" w:rsidR="00662CCA" w:rsidRDefault="00662CCA">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Zar">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRLotus">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02000503000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Gurmukhi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00020003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="XB Kayhan">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
@@ -3260,59 +3264,57 @@
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Lotus">
     <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRTitr">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRNazanin">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Compset">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="2  Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -3328,77 +3330,75 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lotus">
-    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Burlak">
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
-    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Thames New">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mitra">
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
@@ -3467,83 +3467,83 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2CB0AAC9" w14:textId="2DACC4AD" w:rsidR="00E116FE" w:rsidRPr="00C91519" w:rsidRDefault="00E116FE" w:rsidP="007B74CC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="100" w:afterAutospacing="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="25"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DD70B4B" w14:textId="410E764D" w:rsidR="00E116FE" w:rsidRPr="00C91519" w:rsidRDefault="00E116FE" w:rsidP="00C62754">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="100" w:after="120" w:afterAutospacing="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F50F4AC" w14:textId="51891BE8" w:rsidR="009F36F0" w:rsidRPr="00E86428" w:rsidRDefault="00C62754" w:rsidP="00C62754">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:bidi w:val="0"/>
       <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:ind w:left="426" w:right="427"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:bidi="fa-IR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E86428">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251800576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3375412C" wp14:editId="068A3C29">
@@ -3912,76 +3912,76 @@
       <w:t xml:space="preserve">. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="000E04F6" w:rsidRPr="00E531BF">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>This  article</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="000E04F6" w:rsidRPr="00E531BF">
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> is an open access article distributed under the terms and conditions of the Creative Commons Attribution (CC BY) license (http://creativecommons.org/licenses/by/4.0).</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A84AE89" w14:textId="77777777" w:rsidR="002A6E10" w:rsidRPr="00FE73CA" w:rsidRDefault="002A6E10" w:rsidP="00FA44F9">
+    <w:p w14:paraId="0A8AA402" w14:textId="77777777" w:rsidR="00662CCA" w:rsidRPr="00FE73CA" w:rsidRDefault="00662CCA" w:rsidP="00FA44F9">
       <w:pPr>
         <w:bidi w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE73CA">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0ECF4114" w14:textId="77777777" w:rsidR="002A6E10" w:rsidRPr="00FE73CA" w:rsidRDefault="002A6E10" w:rsidP="00FA44F9">
+    <w:p w14:paraId="5AF2FE1B" w14:textId="77777777" w:rsidR="00662CCA" w:rsidRPr="00FE73CA" w:rsidRDefault="00662CCA" w:rsidP="00FA44F9">
       <w:r w:rsidRPr="00FE73CA">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="66C0C08A" w14:textId="77777777" w:rsidR="002A6E10" w:rsidRPr="00FE73CA" w:rsidRDefault="002A6E10" w:rsidP="00FA44F9"/>
+    <w:p w14:paraId="4248B478" w14:textId="77777777" w:rsidR="00662CCA" w:rsidRPr="00FE73CA" w:rsidRDefault="00662CCA" w:rsidP="00FA44F9"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="-1200926988"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="30B67E5E" w14:textId="01707402" w:rsidR="00731FEA" w:rsidRDefault="00731FEA" w:rsidP="00C1356F">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:framePr w:w="1308" w:h="376" w:hRule="exact" w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="9827" w:y="2"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C1356F">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cstheme="majorBidi"/>
@@ -4138,51 +4138,51 @@
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>t</w:t>
     </w:r>
     <w:r w:rsidR="00FF649C" w:rsidRPr="00C1356F">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>itle</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
       <w:id w:val="-2085369241"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="34E26AB8" w14:textId="77777777" w:rsidR="00690F51" w:rsidRPr="00690F51" w:rsidRDefault="00690F51" w:rsidP="00690F51">
         <w:pPr>
           <w:framePr w:w="1308" w:h="376" w:hRule="exact" w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="715" w:y="-73"/>
           <w:tabs>
             <w:tab w:val="center" w:pos="4680"/>
             <w:tab w:val="right" w:pos="9360"/>
           </w:tabs>
           <w:spacing w:before="0" w:after="0"/>
         </w:pPr>
         <w:r w:rsidRPr="00690F51">
           <w:rPr>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cstheme="majorBidi"/>
             <w:b/>
@@ -4338,61 +4338,61 @@
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00690F51" w:rsidRPr="00690F51">
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X(x) (xx) x-x</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2869D79B" w14:textId="77777777" w:rsidR="005122C8" w:rsidRDefault="005122C8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE6656B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100C53BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D152D9A8"/>
     <w:lvl w:ilvl="0" w:tplc="8814F406">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -6959,51 +6959,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="272520041">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="125003000">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="121071219">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1642346219">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="539709394">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="892161462">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -7443,50 +7443,51 @@
     <w:rsid w:val="00531035"/>
     <w:rsid w:val="00533B97"/>
     <w:rsid w:val="00534079"/>
     <w:rsid w:val="005359DA"/>
     <w:rsid w:val="00535B35"/>
     <w:rsid w:val="00541E87"/>
     <w:rsid w:val="005428C2"/>
     <w:rsid w:val="005454B5"/>
     <w:rsid w:val="00545D2A"/>
     <w:rsid w:val="00546368"/>
     <w:rsid w:val="005475BA"/>
     <w:rsid w:val="0055068D"/>
     <w:rsid w:val="00551681"/>
     <w:rsid w:val="00551C29"/>
     <w:rsid w:val="00552F2F"/>
     <w:rsid w:val="005540F7"/>
     <w:rsid w:val="00555613"/>
     <w:rsid w:val="00556771"/>
     <w:rsid w:val="00557697"/>
     <w:rsid w:val="00560064"/>
     <w:rsid w:val="00561145"/>
     <w:rsid w:val="00563A79"/>
     <w:rsid w:val="00564001"/>
     <w:rsid w:val="00564E71"/>
     <w:rsid w:val="005671FA"/>
+    <w:rsid w:val="0056733D"/>
     <w:rsid w:val="0056787F"/>
     <w:rsid w:val="00567C7C"/>
     <w:rsid w:val="00572B90"/>
     <w:rsid w:val="005750D0"/>
     <w:rsid w:val="005758DA"/>
     <w:rsid w:val="00575B62"/>
     <w:rsid w:val="005767B6"/>
     <w:rsid w:val="00586442"/>
     <w:rsid w:val="00586A7E"/>
     <w:rsid w:val="0059221B"/>
     <w:rsid w:val="005922DD"/>
     <w:rsid w:val="00594929"/>
     <w:rsid w:val="005979E0"/>
     <w:rsid w:val="005A1646"/>
     <w:rsid w:val="005A34EF"/>
     <w:rsid w:val="005A3656"/>
     <w:rsid w:val="005B3631"/>
     <w:rsid w:val="005B59AC"/>
     <w:rsid w:val="005B5F60"/>
     <w:rsid w:val="005B7293"/>
     <w:rsid w:val="005C1638"/>
     <w:rsid w:val="005C2393"/>
     <w:rsid w:val="005C2891"/>
     <w:rsid w:val="005C6683"/>
     <w:rsid w:val="005C7DE0"/>
@@ -7534,50 +7535,51 @@
     <w:rsid w:val="00627F4A"/>
     <w:rsid w:val="0063153B"/>
     <w:rsid w:val="006324A6"/>
     <w:rsid w:val="006363E2"/>
     <w:rsid w:val="006369AB"/>
     <w:rsid w:val="00641A5B"/>
     <w:rsid w:val="0064256E"/>
     <w:rsid w:val="006436A6"/>
     <w:rsid w:val="006436F9"/>
     <w:rsid w:val="006452C1"/>
     <w:rsid w:val="00645594"/>
     <w:rsid w:val="00647188"/>
     <w:rsid w:val="0065005A"/>
     <w:rsid w:val="0065057F"/>
     <w:rsid w:val="00651546"/>
     <w:rsid w:val="0065195D"/>
     <w:rsid w:val="006527A8"/>
     <w:rsid w:val="006530A2"/>
     <w:rsid w:val="00653525"/>
     <w:rsid w:val="006544C9"/>
     <w:rsid w:val="00655249"/>
     <w:rsid w:val="00655938"/>
     <w:rsid w:val="006568E0"/>
     <w:rsid w:val="006576FF"/>
     <w:rsid w:val="00661DE8"/>
+    <w:rsid w:val="00662CCA"/>
     <w:rsid w:val="00663710"/>
     <w:rsid w:val="00665DA1"/>
     <w:rsid w:val="0067033F"/>
     <w:rsid w:val="00670EF1"/>
     <w:rsid w:val="00672709"/>
     <w:rsid w:val="00672A48"/>
     <w:rsid w:val="00673124"/>
     <w:rsid w:val="00673245"/>
     <w:rsid w:val="00674526"/>
     <w:rsid w:val="006777DA"/>
     <w:rsid w:val="006804B5"/>
     <w:rsid w:val="00680694"/>
     <w:rsid w:val="00680B1E"/>
     <w:rsid w:val="00682723"/>
     <w:rsid w:val="00682E27"/>
     <w:rsid w:val="00682F47"/>
     <w:rsid w:val="006847E3"/>
     <w:rsid w:val="0068499B"/>
     <w:rsid w:val="00685578"/>
     <w:rsid w:val="0069055F"/>
     <w:rsid w:val="00690F51"/>
     <w:rsid w:val="00691D1E"/>
     <w:rsid w:val="00692225"/>
     <w:rsid w:val="006927DD"/>
     <w:rsid w:val="006951DD"/>
@@ -7615,50 +7617,51 @@
     <w:rsid w:val="00707D42"/>
     <w:rsid w:val="00713A80"/>
     <w:rsid w:val="00713D5F"/>
     <w:rsid w:val="0071451D"/>
     <w:rsid w:val="00715F6C"/>
     <w:rsid w:val="007172D9"/>
     <w:rsid w:val="0071759A"/>
     <w:rsid w:val="00717968"/>
     <w:rsid w:val="00717BEB"/>
     <w:rsid w:val="00720E0F"/>
     <w:rsid w:val="00721316"/>
     <w:rsid w:val="00721DF2"/>
     <w:rsid w:val="00723192"/>
     <w:rsid w:val="0072374A"/>
     <w:rsid w:val="00724974"/>
     <w:rsid w:val="007302DE"/>
     <w:rsid w:val="00730D4F"/>
     <w:rsid w:val="0073110E"/>
     <w:rsid w:val="00731B96"/>
     <w:rsid w:val="00731FEA"/>
     <w:rsid w:val="00732C33"/>
     <w:rsid w:val="007347DC"/>
     <w:rsid w:val="00735587"/>
     <w:rsid w:val="0073693E"/>
     <w:rsid w:val="0073770C"/>
+    <w:rsid w:val="00741745"/>
     <w:rsid w:val="00741CC4"/>
     <w:rsid w:val="00742460"/>
     <w:rsid w:val="0074311A"/>
     <w:rsid w:val="007434C5"/>
     <w:rsid w:val="0074423F"/>
     <w:rsid w:val="00745F4C"/>
     <w:rsid w:val="007474C7"/>
     <w:rsid w:val="00747624"/>
     <w:rsid w:val="00750DDA"/>
     <w:rsid w:val="00751222"/>
     <w:rsid w:val="00752322"/>
     <w:rsid w:val="00753B6B"/>
     <w:rsid w:val="00763D95"/>
     <w:rsid w:val="00763EC5"/>
     <w:rsid w:val="00764246"/>
     <w:rsid w:val="007669D7"/>
     <w:rsid w:val="0076763F"/>
     <w:rsid w:val="0077346F"/>
     <w:rsid w:val="00774CE7"/>
     <w:rsid w:val="00782F42"/>
     <w:rsid w:val="00783398"/>
     <w:rsid w:val="00784805"/>
     <w:rsid w:val="0078600F"/>
     <w:rsid w:val="00787380"/>
     <w:rsid w:val="00791283"/>
@@ -8377,51 +8380,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="065ED9A7"/>
   <w15:docId w15:val="{74060BC5-086E-4377-97FB-618A1A1C8488}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="B Nazanin"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="480" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="720" w:right="720" w:firstLine="432"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
@@ -20246,51 +20249,51 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="103235810">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="178391185">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21424,76 +21427,76 @@
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Complexity, uncertainty and mental models: From a paradigm of regulation to a paradigm of emergence in project management</b:Title>
     <b:JournalName>International Journal of Project Management</b:JournalName>
     <b:Year>2017</b:Year>
     <b:Pages>184-197</b:Pages>
     <b:RefOrder>6</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B092066-F040-416E-BD8C-1BA31D28BCBB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7832</Characters>
+  <Pages>5</Pages>
+  <Words>1502</Words>
+  <Characters>8564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9234</CharactersWithSpaces>
+  <CharactersWithSpaces>10046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Javad Pourqasem</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7e71c5619c3c4600e8e31e7c348f8bb87d5a828ad041c5bd0c961c94f7cebee1</vt:lpwstr>